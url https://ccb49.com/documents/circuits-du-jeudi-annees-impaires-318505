--- v0 (2025-10-25)
+++ v1 (2025-12-22)
@@ -44620,50 +44620,51 @@
     <w:rsid w:val="004A2678"/>
     <w:rsid w:val="004A3194"/>
     <w:rsid w:val="004A5C51"/>
     <w:rsid w:val="004B3E5F"/>
     <w:rsid w:val="004B5498"/>
     <w:rsid w:val="004B735A"/>
     <w:rsid w:val="004D202A"/>
     <w:rsid w:val="004D322D"/>
     <w:rsid w:val="004D471A"/>
     <w:rsid w:val="004D56ED"/>
     <w:rsid w:val="004E045E"/>
     <w:rsid w:val="004E17D7"/>
     <w:rsid w:val="004E195C"/>
     <w:rsid w:val="004E6916"/>
     <w:rsid w:val="004F0DA7"/>
     <w:rsid w:val="004F1F3D"/>
     <w:rsid w:val="00503A67"/>
     <w:rsid w:val="00503E34"/>
     <w:rsid w:val="0050669D"/>
     <w:rsid w:val="00506F10"/>
     <w:rsid w:val="00512D83"/>
     <w:rsid w:val="00514D0C"/>
     <w:rsid w:val="00521512"/>
     <w:rsid w:val="00522D87"/>
     <w:rsid w:val="00524F84"/>
+    <w:rsid w:val="00535C31"/>
     <w:rsid w:val="005370CB"/>
     <w:rsid w:val="005457E2"/>
     <w:rsid w:val="0055442F"/>
     <w:rsid w:val="00554683"/>
     <w:rsid w:val="00556192"/>
     <w:rsid w:val="00556678"/>
     <w:rsid w:val="00557FE4"/>
     <w:rsid w:val="0056033F"/>
     <w:rsid w:val="005616F9"/>
     <w:rsid w:val="0056205A"/>
     <w:rsid w:val="00563094"/>
     <w:rsid w:val="00563F54"/>
     <w:rsid w:val="0056658F"/>
     <w:rsid w:val="00566A95"/>
     <w:rsid w:val="00573F4D"/>
     <w:rsid w:val="00574E93"/>
     <w:rsid w:val="0057747E"/>
     <w:rsid w:val="005810ED"/>
     <w:rsid w:val="00583EA4"/>
     <w:rsid w:val="005859A7"/>
     <w:rsid w:val="005933CE"/>
     <w:rsid w:val="005A6DD6"/>
     <w:rsid w:val="005B2719"/>
     <w:rsid w:val="005B2DF5"/>
     <w:rsid w:val="005B38CC"/>
@@ -45037,50 +45038,51 @@
     <w:rsid w:val="00C762F8"/>
     <w:rsid w:val="00C76475"/>
     <w:rsid w:val="00C77C3D"/>
     <w:rsid w:val="00C81208"/>
     <w:rsid w:val="00C823D0"/>
     <w:rsid w:val="00C827D9"/>
     <w:rsid w:val="00C834B4"/>
     <w:rsid w:val="00C83C3E"/>
     <w:rsid w:val="00C91525"/>
     <w:rsid w:val="00C93450"/>
     <w:rsid w:val="00C956A5"/>
     <w:rsid w:val="00CA1F2E"/>
     <w:rsid w:val="00CA751F"/>
     <w:rsid w:val="00CA79D9"/>
     <w:rsid w:val="00CC2E2A"/>
     <w:rsid w:val="00CC490B"/>
     <w:rsid w:val="00CC5058"/>
     <w:rsid w:val="00CD10B1"/>
     <w:rsid w:val="00CD621F"/>
     <w:rsid w:val="00CD6DDD"/>
     <w:rsid w:val="00CE28BF"/>
     <w:rsid w:val="00CE57D6"/>
     <w:rsid w:val="00CE7E14"/>
     <w:rsid w:val="00CF23BC"/>
     <w:rsid w:val="00CF51F6"/>
+    <w:rsid w:val="00CF72F1"/>
     <w:rsid w:val="00D0018B"/>
     <w:rsid w:val="00D0204C"/>
     <w:rsid w:val="00D03FB5"/>
     <w:rsid w:val="00D05BED"/>
     <w:rsid w:val="00D05CB3"/>
     <w:rsid w:val="00D06B9C"/>
     <w:rsid w:val="00D07061"/>
     <w:rsid w:val="00D113A1"/>
     <w:rsid w:val="00D13486"/>
     <w:rsid w:val="00D134E3"/>
     <w:rsid w:val="00D135E7"/>
     <w:rsid w:val="00D15D19"/>
     <w:rsid w:val="00D15E51"/>
     <w:rsid w:val="00D17747"/>
     <w:rsid w:val="00D33781"/>
     <w:rsid w:val="00D34200"/>
     <w:rsid w:val="00D41240"/>
     <w:rsid w:val="00D43B29"/>
     <w:rsid w:val="00D44052"/>
     <w:rsid w:val="00D47322"/>
     <w:rsid w:val="00D62E4E"/>
     <w:rsid w:val="00D67D24"/>
     <w:rsid w:val="00D71C27"/>
     <w:rsid w:val="00D82DC5"/>
     <w:rsid w:val="00D84016"/>
@@ -45995,65 +45997,65 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6303167D-5BB4-41DD-8395-9A961358B638}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>8327</Words>
-  <Characters>45800</Characters>
+  <Words>10799</Words>
+  <Characters>41154</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>381</Lines>
-  <Paragraphs>108</Paragraphs>
+  <Lines>839</Lines>
+  <Paragraphs>199</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>54019</CharactersWithSpaces>
+  <CharactersWithSpaces>53669</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SOURICE rené monique</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>