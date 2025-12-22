--- v0 (2025-10-25)
+++ v1 (2025-12-22)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="14D50E61" w14:textId="6A02DF2A" w:rsidR="008E5B7E" w:rsidRDefault="00127EAD" w:rsidP="008E5B7E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Circuit </w:t>
       </w:r>
       <w:r w:rsidR="008E5B7E">
         <w:rPr>
@@ -12117,67 +12117,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">La </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Bruffière</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - Treize-Septiers - St Hilaire de Loulay - St Hilaire de Clisson - Ste </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> de Clisson - Clisson - Tillières -Gesté -</w:t>
+        <w:t xml:space="preserve"> - Treize-Septiers - St Hilaire de Loulay - St Hilaire de Clisson - Ste Lumine de Clisson - Clisson - Tillières -Gesté -</w:t>
       </w:r>
       <w:r w:rsidRPr="00800D7A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>La Chapelle du Genêt - Beaupréau.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14D50F14" w14:textId="77777777" w:rsidR="00800D7A" w:rsidRDefault="00800D7A" w:rsidP="00800D7A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -13783,132 +13767,143 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> - St Lambert du </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Lattay</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00684AA0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>dir</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Angers </w:t>
       </w:r>
       <w:r w:rsidR="00684AA0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>- A D</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Rablay</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> sur Layon - Champs sur Layon - Chemillé - </w:t>
       </w:r>
       <w:r w:rsidR="00684AA0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">La Chapelle Rousselin - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Jallais</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  - Beaupréau</w:t>
+        <w:t xml:space="preserve">  -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Beaupréau</w:t>
       </w:r>
       <w:r w:rsidR="00684AA0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="072D0EE4" w14:textId="77777777" w:rsidR="00ED5946" w:rsidRDefault="00ED5946" w:rsidP="0050469A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="497B4979" w14:textId="77777777" w:rsidR="00ED5946" w:rsidRDefault="00ED5946" w:rsidP="0050469A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -20850,99 +20845,67 @@
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>90</w:t>
       </w:r>
       <w:r w:rsidRPr="00666C92">
         <w:rPr>
           <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kms </w:t>
       </w:r>
       <w:r w:rsidRPr="003D6666">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Beaupréau - La Chapelle du Genêt - Gesté - Tillières - St Crespin - Clisson - St </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve"> Beaupréau - La Chapelle du Genêt - Gesté - Tillières - St Crespin - Clisson - St Lumine de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>clisson</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> sur Sèvre -</w:t>
+        <w:t xml:space="preserve"> - Maisdon sur Sèvre -</w:t>
       </w:r>
       <w:r w:rsidRPr="00907B02">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Pont </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Caffino</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
@@ -30325,51 +30288,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14D5101C" w14:textId="77777777" w:rsidR="005C0044" w:rsidRPr="001C7AE6" w:rsidRDefault="005C0044">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005C0044" w:rsidRPr="001C7AE6" w:rsidSect="00185A44">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -30388,51 +30351,51 @@
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri,Bold">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20C96475"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08E8ED10"/>
     <w:lvl w:ilvl="0" w:tplc="1B12C5DC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="405" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1125" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -30508,155 +30471,161 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6165" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="575213633">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C7AE6"/>
     <w:rsid w:val="00004D54"/>
     <w:rsid w:val="00012308"/>
     <w:rsid w:val="000128EA"/>
     <w:rsid w:val="000136DB"/>
     <w:rsid w:val="000272EA"/>
     <w:rsid w:val="00027471"/>
     <w:rsid w:val="00031A7A"/>
     <w:rsid w:val="00036C4F"/>
     <w:rsid w:val="000376ED"/>
     <w:rsid w:val="00041EC9"/>
     <w:rsid w:val="00045665"/>
     <w:rsid w:val="0005009D"/>
+    <w:rsid w:val="00054F84"/>
     <w:rsid w:val="00061217"/>
     <w:rsid w:val="000616B3"/>
     <w:rsid w:val="0007344D"/>
     <w:rsid w:val="00077274"/>
     <w:rsid w:val="00082E82"/>
     <w:rsid w:val="0008485C"/>
     <w:rsid w:val="000868FD"/>
     <w:rsid w:val="00091C05"/>
     <w:rsid w:val="00096C6C"/>
     <w:rsid w:val="000B3399"/>
+    <w:rsid w:val="000B6BA2"/>
     <w:rsid w:val="000C5489"/>
     <w:rsid w:val="000C5FC2"/>
     <w:rsid w:val="000E58AA"/>
     <w:rsid w:val="00102DF4"/>
     <w:rsid w:val="0010616E"/>
+    <w:rsid w:val="00110DA3"/>
     <w:rsid w:val="001118F7"/>
     <w:rsid w:val="00112C71"/>
     <w:rsid w:val="00127655"/>
     <w:rsid w:val="00127EAD"/>
     <w:rsid w:val="0014657D"/>
     <w:rsid w:val="00150BBE"/>
     <w:rsid w:val="001568CA"/>
     <w:rsid w:val="001616A5"/>
     <w:rsid w:val="00170EAA"/>
     <w:rsid w:val="00171834"/>
     <w:rsid w:val="00180395"/>
     <w:rsid w:val="0018520C"/>
     <w:rsid w:val="00185A44"/>
     <w:rsid w:val="00187D40"/>
     <w:rsid w:val="00190C13"/>
     <w:rsid w:val="00192F3D"/>
     <w:rsid w:val="00193035"/>
     <w:rsid w:val="00193B42"/>
     <w:rsid w:val="0019574A"/>
     <w:rsid w:val="001A1AD6"/>
     <w:rsid w:val="001A2C95"/>
     <w:rsid w:val="001A34BF"/>
     <w:rsid w:val="001A6BBD"/>
     <w:rsid w:val="001B1077"/>
     <w:rsid w:val="001B17B5"/>
     <w:rsid w:val="001B2AF1"/>
     <w:rsid w:val="001B4BA1"/>
     <w:rsid w:val="001B7AEB"/>
     <w:rsid w:val="001C2523"/>
     <w:rsid w:val="001C7AE6"/>
     <w:rsid w:val="001E0171"/>
     <w:rsid w:val="001E2789"/>
     <w:rsid w:val="001E2AC6"/>
     <w:rsid w:val="001E2CD3"/>
     <w:rsid w:val="001E479E"/>
     <w:rsid w:val="001E6AD5"/>
     <w:rsid w:val="001F1754"/>
     <w:rsid w:val="00212BC7"/>
+    <w:rsid w:val="00225E8C"/>
     <w:rsid w:val="00227A69"/>
     <w:rsid w:val="0024099E"/>
     <w:rsid w:val="0024322D"/>
     <w:rsid w:val="00245D1E"/>
     <w:rsid w:val="00253262"/>
     <w:rsid w:val="00261F2F"/>
     <w:rsid w:val="00263DC4"/>
     <w:rsid w:val="0027375A"/>
     <w:rsid w:val="00275F9F"/>
     <w:rsid w:val="00276546"/>
     <w:rsid w:val="00282472"/>
+    <w:rsid w:val="0028318B"/>
     <w:rsid w:val="002872E1"/>
     <w:rsid w:val="00287979"/>
     <w:rsid w:val="00290ABB"/>
     <w:rsid w:val="002A1A7D"/>
     <w:rsid w:val="002A3ACA"/>
     <w:rsid w:val="002A3B6B"/>
     <w:rsid w:val="002A5C5C"/>
     <w:rsid w:val="002B514E"/>
     <w:rsid w:val="002D3B59"/>
     <w:rsid w:val="002D4153"/>
     <w:rsid w:val="002E5A1C"/>
     <w:rsid w:val="002F244B"/>
     <w:rsid w:val="002F3326"/>
     <w:rsid w:val="00302AF9"/>
     <w:rsid w:val="00305206"/>
+    <w:rsid w:val="00321916"/>
     <w:rsid w:val="0032228A"/>
     <w:rsid w:val="003267DD"/>
     <w:rsid w:val="0033001E"/>
     <w:rsid w:val="00334474"/>
     <w:rsid w:val="00335231"/>
     <w:rsid w:val="003379F6"/>
     <w:rsid w:val="00337AAF"/>
     <w:rsid w:val="00360F7F"/>
     <w:rsid w:val="003706CB"/>
     <w:rsid w:val="00380209"/>
     <w:rsid w:val="00385236"/>
     <w:rsid w:val="003B5E79"/>
     <w:rsid w:val="003E44D6"/>
     <w:rsid w:val="003F12EE"/>
     <w:rsid w:val="003F1A79"/>
     <w:rsid w:val="003F3085"/>
     <w:rsid w:val="00413753"/>
     <w:rsid w:val="004252B1"/>
     <w:rsid w:val="004300F6"/>
     <w:rsid w:val="004342D5"/>
     <w:rsid w:val="00434422"/>
     <w:rsid w:val="00434F58"/>
     <w:rsid w:val="0043619D"/>
     <w:rsid w:val="004372AC"/>
     <w:rsid w:val="00455115"/>
@@ -30666,50 +30635,51 @@
     <w:rsid w:val="0047301B"/>
     <w:rsid w:val="00475AFF"/>
     <w:rsid w:val="004845BC"/>
     <w:rsid w:val="004854B8"/>
     <w:rsid w:val="00486A01"/>
     <w:rsid w:val="00496FC8"/>
     <w:rsid w:val="004B038E"/>
     <w:rsid w:val="004B1680"/>
     <w:rsid w:val="004C1947"/>
     <w:rsid w:val="004D31CA"/>
     <w:rsid w:val="004D6FA9"/>
     <w:rsid w:val="004E13E3"/>
     <w:rsid w:val="004F0DA7"/>
     <w:rsid w:val="004F1CB1"/>
     <w:rsid w:val="004F67B2"/>
     <w:rsid w:val="0050469A"/>
     <w:rsid w:val="0051088E"/>
     <w:rsid w:val="00512F40"/>
     <w:rsid w:val="00514302"/>
     <w:rsid w:val="00524597"/>
     <w:rsid w:val="0052505D"/>
     <w:rsid w:val="005266A6"/>
     <w:rsid w:val="005305EF"/>
     <w:rsid w:val="00532294"/>
     <w:rsid w:val="00533893"/>
+    <w:rsid w:val="00535C31"/>
     <w:rsid w:val="00542B1E"/>
     <w:rsid w:val="005444FA"/>
     <w:rsid w:val="00545C7A"/>
     <w:rsid w:val="0054698A"/>
     <w:rsid w:val="00551581"/>
     <w:rsid w:val="00551A72"/>
     <w:rsid w:val="00555585"/>
     <w:rsid w:val="00560C3E"/>
     <w:rsid w:val="00565D07"/>
     <w:rsid w:val="00573F5B"/>
     <w:rsid w:val="005776C3"/>
     <w:rsid w:val="005932A6"/>
     <w:rsid w:val="005A1EEA"/>
     <w:rsid w:val="005B100B"/>
     <w:rsid w:val="005B4531"/>
     <w:rsid w:val="005B6B2F"/>
     <w:rsid w:val="005B6C6D"/>
     <w:rsid w:val="005C0044"/>
     <w:rsid w:val="005C18E9"/>
     <w:rsid w:val="005D4733"/>
     <w:rsid w:val="005E2878"/>
     <w:rsid w:val="005E3B4B"/>
     <w:rsid w:val="005F5D96"/>
     <w:rsid w:val="00605B22"/>
     <w:rsid w:val="00615597"/>
@@ -30729,96 +30699,99 @@
     <w:rsid w:val="0068294D"/>
     <w:rsid w:val="00684839"/>
     <w:rsid w:val="00684AA0"/>
     <w:rsid w:val="00686281"/>
     <w:rsid w:val="0069130B"/>
     <w:rsid w:val="00697945"/>
     <w:rsid w:val="006979F4"/>
     <w:rsid w:val="006A4CF0"/>
     <w:rsid w:val="006A5903"/>
     <w:rsid w:val="006B046E"/>
     <w:rsid w:val="006B4F9A"/>
     <w:rsid w:val="006B55AA"/>
     <w:rsid w:val="006C0B77"/>
     <w:rsid w:val="006C2299"/>
     <w:rsid w:val="006C64B2"/>
     <w:rsid w:val="006D12B5"/>
     <w:rsid w:val="006D71F1"/>
     <w:rsid w:val="006D725B"/>
     <w:rsid w:val="006E0BF3"/>
     <w:rsid w:val="006E4B5F"/>
     <w:rsid w:val="006E4E82"/>
     <w:rsid w:val="006F0003"/>
     <w:rsid w:val="006F0F11"/>
     <w:rsid w:val="006F2846"/>
     <w:rsid w:val="00720763"/>
+    <w:rsid w:val="00724525"/>
     <w:rsid w:val="0073053B"/>
     <w:rsid w:val="00730BEF"/>
     <w:rsid w:val="0073786E"/>
     <w:rsid w:val="007407CB"/>
     <w:rsid w:val="00746DBF"/>
     <w:rsid w:val="00750E52"/>
     <w:rsid w:val="00756797"/>
     <w:rsid w:val="00764BA9"/>
     <w:rsid w:val="0077063D"/>
     <w:rsid w:val="007722D5"/>
     <w:rsid w:val="00772741"/>
     <w:rsid w:val="0077610E"/>
+    <w:rsid w:val="00792035"/>
     <w:rsid w:val="00792CE9"/>
     <w:rsid w:val="00795455"/>
     <w:rsid w:val="007A03BC"/>
     <w:rsid w:val="007A1709"/>
     <w:rsid w:val="007C31B5"/>
     <w:rsid w:val="007C60D1"/>
     <w:rsid w:val="007D60D4"/>
     <w:rsid w:val="007E07FB"/>
     <w:rsid w:val="007F7CB9"/>
     <w:rsid w:val="007F7E48"/>
     <w:rsid w:val="00800D7A"/>
     <w:rsid w:val="00827DC4"/>
     <w:rsid w:val="008405A2"/>
     <w:rsid w:val="0084144B"/>
     <w:rsid w:val="00842DB7"/>
     <w:rsid w:val="00844880"/>
     <w:rsid w:val="008563FA"/>
     <w:rsid w:val="008569EE"/>
     <w:rsid w:val="00866F14"/>
     <w:rsid w:val="00871111"/>
     <w:rsid w:val="00875B94"/>
     <w:rsid w:val="00875D0B"/>
     <w:rsid w:val="0088259D"/>
     <w:rsid w:val="008848A7"/>
     <w:rsid w:val="008918BA"/>
     <w:rsid w:val="0089486A"/>
     <w:rsid w:val="008B3029"/>
     <w:rsid w:val="008C1986"/>
     <w:rsid w:val="008C1DBA"/>
     <w:rsid w:val="008E1D7E"/>
     <w:rsid w:val="008E2DAF"/>
     <w:rsid w:val="008E4E2E"/>
     <w:rsid w:val="008E5B7E"/>
     <w:rsid w:val="008F0B77"/>
+    <w:rsid w:val="008F355A"/>
     <w:rsid w:val="008F35CC"/>
     <w:rsid w:val="008F41ED"/>
     <w:rsid w:val="00902B41"/>
     <w:rsid w:val="00910B0B"/>
     <w:rsid w:val="0091470B"/>
     <w:rsid w:val="00923C3D"/>
     <w:rsid w:val="00927837"/>
     <w:rsid w:val="0093270F"/>
     <w:rsid w:val="00941A93"/>
     <w:rsid w:val="00945B8A"/>
     <w:rsid w:val="009619B4"/>
     <w:rsid w:val="00962FD9"/>
     <w:rsid w:val="00963CB6"/>
     <w:rsid w:val="00985C71"/>
     <w:rsid w:val="00991BCC"/>
     <w:rsid w:val="009A41B4"/>
     <w:rsid w:val="009A4A82"/>
     <w:rsid w:val="009A5692"/>
     <w:rsid w:val="009A74C0"/>
     <w:rsid w:val="009B0B85"/>
     <w:rsid w:val="009B44D8"/>
     <w:rsid w:val="009B6857"/>
     <w:rsid w:val="009D4F85"/>
     <w:rsid w:val="009E2130"/>
     <w:rsid w:val="009F1B85"/>
@@ -30840,60 +30813,62 @@
     <w:rsid w:val="00A72D31"/>
     <w:rsid w:val="00A75772"/>
     <w:rsid w:val="00A8223D"/>
     <w:rsid w:val="00A83DA9"/>
     <w:rsid w:val="00A96426"/>
     <w:rsid w:val="00AA06CE"/>
     <w:rsid w:val="00AA157E"/>
     <w:rsid w:val="00AB51A5"/>
     <w:rsid w:val="00AC1B94"/>
     <w:rsid w:val="00AC661D"/>
     <w:rsid w:val="00AD000A"/>
     <w:rsid w:val="00AE31DC"/>
     <w:rsid w:val="00B00079"/>
     <w:rsid w:val="00B01E06"/>
     <w:rsid w:val="00B02748"/>
     <w:rsid w:val="00B124BF"/>
     <w:rsid w:val="00B12788"/>
     <w:rsid w:val="00B12BEC"/>
     <w:rsid w:val="00B13589"/>
     <w:rsid w:val="00B162C1"/>
     <w:rsid w:val="00B20243"/>
     <w:rsid w:val="00B20549"/>
     <w:rsid w:val="00B21D3E"/>
     <w:rsid w:val="00B32A82"/>
     <w:rsid w:val="00B349BF"/>
+    <w:rsid w:val="00B40B10"/>
     <w:rsid w:val="00B4616E"/>
     <w:rsid w:val="00B55033"/>
     <w:rsid w:val="00B55C07"/>
     <w:rsid w:val="00B62848"/>
     <w:rsid w:val="00B63447"/>
     <w:rsid w:val="00B63B55"/>
     <w:rsid w:val="00B6468B"/>
     <w:rsid w:val="00B81B96"/>
     <w:rsid w:val="00B82F89"/>
     <w:rsid w:val="00B83BC8"/>
+    <w:rsid w:val="00B85755"/>
     <w:rsid w:val="00B872DA"/>
     <w:rsid w:val="00B944D1"/>
     <w:rsid w:val="00BA0F92"/>
     <w:rsid w:val="00BA3C75"/>
     <w:rsid w:val="00BA7204"/>
     <w:rsid w:val="00BB38B6"/>
     <w:rsid w:val="00BC2679"/>
     <w:rsid w:val="00BC288C"/>
     <w:rsid w:val="00BC3445"/>
     <w:rsid w:val="00BD5FF9"/>
     <w:rsid w:val="00BD63D1"/>
     <w:rsid w:val="00BD6C6C"/>
     <w:rsid w:val="00BE6971"/>
     <w:rsid w:val="00BF5F49"/>
     <w:rsid w:val="00BF5FDC"/>
     <w:rsid w:val="00BF7EA3"/>
     <w:rsid w:val="00C03B31"/>
     <w:rsid w:val="00C10D96"/>
     <w:rsid w:val="00C16FC3"/>
     <w:rsid w:val="00C303B1"/>
     <w:rsid w:val="00C32E45"/>
     <w:rsid w:val="00C40761"/>
     <w:rsid w:val="00C40C12"/>
     <w:rsid w:val="00C42803"/>
     <w:rsid w:val="00C433E7"/>
@@ -31021,51 +30996,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="14D50E61"/>
   <w15:docId w15:val="{7AF9A54B-BC54-4624-A754-ACB77E6D0C5A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -31462,51 +31437,51 @@
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001C7AE6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="890266505">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
@@ -31776,65 +31751,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>5179</Words>
-  <Characters>28490</Characters>
+  <Words>6706</Words>
+  <Characters>26963</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>237</Lines>
-  <Paragraphs>67</Paragraphs>
+  <Lines>709</Lines>
+  <Paragraphs>333</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33602</CharactersWithSpaces>
+  <CharactersWithSpaces>33336</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SOURICE rené monique</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>