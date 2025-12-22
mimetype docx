--- v0 (2025-10-25)
+++ v1 (2025-12-22)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="74C9E2F1" w14:textId="73CDB36E" w:rsidR="00A86086" w:rsidRDefault="005113DC" w:rsidP="00A86086">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Circuit DI201</w:t>
       </w:r>
       <w:r w:rsidRPr="00666C92">
         <w:rPr>
@@ -1526,67 +1526,51 @@
         </w:rPr>
         <w:t>Gatines</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Puiset</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Doré </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> - Le Fief </w:t>
+        <w:t xml:space="preserve"> Doré -  Villeneuve - Le Fief </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Sauvin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Beaupréau.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="491BCE14" w14:textId="77777777" w:rsidR="005113DC" w:rsidRPr="000E2D8F" w:rsidRDefault="005113DC" w:rsidP="005113DC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -1745,51 +1729,51 @@
       <w:r w:rsidR="004A126C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>608</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="116D5364" w14:textId="77777777" w:rsidR="00816337" w:rsidRPr="00666C92" w:rsidRDefault="00816337" w:rsidP="005113DC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="550092DD" w14:textId="64EF305F" w:rsidR="005113DC" w:rsidRDefault="005113DC" w:rsidP="005113DC">
+    <w:p w14:paraId="550092DD" w14:textId="4F18310C" w:rsidR="005113DC" w:rsidRDefault="005113DC" w:rsidP="005113DC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A1448">
         <w:rPr>
           <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidRPr="00666C92">
         <w:rPr>
           <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
@@ -1852,59 +1836,57 @@
         </w:rPr>
         <w:t>Renaudière</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006316F2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidR="006316F2" w:rsidRPr="006316F2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006316F2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Roussay - Torfou – La Colonne - Le </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0056391E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Longeron -</w:t>
+      </w:r>
       <w:r w:rsidR="006316F2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006316F2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Dir</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006316F2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> St Aubin - Tiffauges - Torfou  - Montigné - Montfaucon - St Macaire - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -3360,90 +3342,79 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00466837">
         <w:rPr>
           <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidRPr="00666C92">
         <w:rPr>
           <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B62E02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00666C92">
         <w:rPr>
           <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>Kms</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00466837">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Beaupréau - </w:t>
       </w:r>
       <w:r w:rsidR="00EA660A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">les Tuileries - la Poitevinière - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EA660A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -10184,330 +10155,298 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="009959DA" w:rsidRPr="00444295">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009959DA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>La</w:t>
       </w:r>
       <w:r w:rsidR="006C22A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> Chapelle St Florent - Bouzillé - Liré -</w:t>
+      </w:r>
+      <w:r w:rsidR="006C22A2" w:rsidRPr="006C22A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="006C22A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Chapelle</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">Drain - Champtoceaux - La Varenne - Barbechat - Landemont - St Sauveur de Landemont - St Laurent des Autels - le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006C22A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> St Florent - Bouzillé - Liré -</w:t>
+        <w:t>Fuilet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006C22A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - la Boissière sur Evre - St Rémy - Montrevault - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006C22A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006C22A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006C22A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Puiset</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006C22A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Doré - à gauche Le Terreau - carrefour des Ajoux -</w:t>
       </w:r>
       <w:r w:rsidR="006C22A2" w:rsidRPr="006C22A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C22A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Drain - Champtoceaux - La Varenne - Barbechat - Landemont - St Sauveur de Landemont - St Laurent des Autels - le </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Villeneuve </w:t>
+      </w:r>
+      <w:r w:rsidR="009959DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>- Le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fief </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sauvin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006C22A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Fuilet</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Beaupréau.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78C6C411" w14:textId="77777777" w:rsidR="003669D0" w:rsidRDefault="003669D0" w:rsidP="003669D0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C5CAD58" w14:textId="69EB8A60" w:rsidR="003669D0" w:rsidRDefault="003669D0" w:rsidP="003669D0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00466837">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00666C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="0065273F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00666C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kms </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00466837">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Beaupréau -</w:t>
+      </w:r>
+      <w:r w:rsidR="006C22A2" w:rsidRPr="006C22A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="006C22A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - la Boissière sur Evre - St Rémy - Montrevault - </w:t>
+        <w:t xml:space="preserve">St Pierre </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006C22A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Dir</w:t>
+        <w:t>Montlimart</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006C22A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Le </w:t>
+        <w:t xml:space="preserve"> – La Croix Baron - Pont d’</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006C22A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Puiset</w:t>
+        <w:t>Alaine</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006C22A2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Doré - à gauche Le Terreau - carrefour des Ajoux -</w:t>
-[...42 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
-      <w:r>
-[...125 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00C72E1A" w:rsidRPr="00C72E1A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C72E1A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">La </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> St Florent </w:t>
+        <w:t xml:space="preserve">La Chapelle St Florent </w:t>
       </w:r>
       <w:r w:rsidR="009959DA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>- Bouzillé</w:t>
       </w:r>
       <w:r w:rsidR="00C72E1A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009959DA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>- Liré</w:t>
       </w:r>
       <w:r w:rsidR="00C72E1A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -14578,67 +14517,51 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D137C8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Dir</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D137C8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00715E60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ste </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> de Clisson </w:t>
+        <w:t xml:space="preserve">Ste Lumine de Clisson </w:t>
       </w:r>
       <w:r w:rsidR="00D137C8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00715E60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D137C8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">A G St Hilaire de Clisson - La </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D137C8">
         <w:rPr>
@@ -25005,88 +24928,70 @@
         <w:t xml:space="preserve">– Château Thébaud - </w:t>
       </w:r>
       <w:r w:rsidR="00E70A18">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Pont </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E70A18">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Caffino</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E70A18">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008B4DFB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Maisdon</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Maisdon sur Sèvre -</w:t>
+      </w:r>
+      <w:r w:rsidR="008B4DFB" w:rsidRPr="00907B02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="008B4DFB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sur Sèvre -</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve">Lumine de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008B4DFB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>clisson</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008B4DFB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Clisson - St Crespin - </w:t>
       </w:r>
       <w:r w:rsidR="00C73A0D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -33624,586 +33529,554 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Le Petit Moulin-</w:t>
       </w:r>
       <w:r w:rsidR="004C1937">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> St laurent du </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004C1937">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Mottay</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004C1937">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">-  </w:t>
+        <w:t xml:space="preserve"> -  </w:t>
       </w:r>
       <w:r w:rsidR="00B7458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Beausse</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">Beausse  - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B7458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  - </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Dir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B7458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Dir</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> La </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B7458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> La </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Blinière</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B7458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Blinière</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> – A D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00B7458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – A D</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">St Quentin en Mauges - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Chapelle Aubry - Beaupréau.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08FDF6B2" w14:textId="77777777" w:rsidR="002C0BE5" w:rsidRPr="003B5019" w:rsidRDefault="002C0BE5" w:rsidP="002C0BE5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11EDD1A0" w14:textId="4D119501" w:rsidR="002C0BE5" w:rsidRDefault="002C0BE5" w:rsidP="002C0BE5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B5019">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>) 53</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00666C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B5019">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B5019">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Beaupréau - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F73AE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Jallais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F73AE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidR="00B7458E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">St Quentin en Mauges - </w:t>
-[...21 lines deleted...]
-    <w:p w14:paraId="11EDD1A0" w14:textId="4D119501" w:rsidR="002C0BE5" w:rsidRDefault="002C0BE5" w:rsidP="002C0BE5">
+        <w:t xml:space="preserve"> La Chapelle Rousselin - St</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7458E" w:rsidRPr="00B7458E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B7458E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Lézin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B7458E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00492F1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7458E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00492F1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Neuvy – Ste Christine - Bourgneuf - St Quentin en Mauges </w:t>
+      </w:r>
+      <w:r w:rsidR="00494962">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>- La</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapelle Aubry - Beaupréau.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B8F9B1F" w14:textId="77777777" w:rsidR="002C0BE5" w:rsidRDefault="002C0BE5" w:rsidP="002C0BE5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3142AB83" w14:textId="205280C2" w:rsidR="00971839" w:rsidRDefault="002C0BE5" w:rsidP="00971839">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00666C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Circuit </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>DI</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4197A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidR="00725016">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00666C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00971839">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A :</w:t>
+      </w:r>
+      <w:r w:rsidR="00971839" w:rsidRPr="00666C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00971839">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>18327161</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F3EF6B5" w14:textId="3D3F96E7" w:rsidR="002C0BE5" w:rsidRPr="00666C92" w:rsidRDefault="00971839" w:rsidP="002C0BE5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2FE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18327</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1989">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>220</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D8B8719" w14:textId="77777777" w:rsidR="002C0BE5" w:rsidRDefault="002C0BE5" w:rsidP="002C0BE5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CCAA1F9" w14:textId="2429BB6E" w:rsidR="002C0BE5" w:rsidRDefault="002C0BE5" w:rsidP="002C0BE5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B5019">
         <w:rPr>
           <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
-        <w:t>B</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Kms</w:t>
+        <w:t>A) 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00971839">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B5019">
         <w:rPr>
           <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Kms </w:t>
       </w:r>
       <w:r w:rsidRPr="003B5019">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Beaupréau - </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...123 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00E4197A">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri,Bold" w:hAnsi="Calibri,Bold" w:cs="Calibri,Bold"/>
-[...203 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la Chapelle du Genêt - Villedieu la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E4197A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">la Chapelle du Genêt - Villedieu la </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Blouère</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E4197A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Blouère</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> - Montfaucon - Montigné -</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4197A" w:rsidRPr="00E4197A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00E4197A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - Montfaucon - Montigné -</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> Colonne - La Romagne – </w:t>
+        <w:t xml:space="preserve">Recouvrance - Torfou -  La Colonne - La Romagne – </w:t>
       </w:r>
       <w:r w:rsidR="00156DFE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">St André De La Marche </w:t>
       </w:r>
       <w:r w:rsidR="0026270A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">-  St André De La Marche </w:t>
       </w:r>
       <w:r w:rsidR="009610E1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -35579,67 +35452,51 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A409F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">St Laurent des Autel - Le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A409F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Fuilet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A409F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Rémy en Mauges - </w:t>
+        <w:t xml:space="preserve"> -  St Rémy en Mauges - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">St Pierre </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Montlimart</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Beaupréau.</w:t>
       </w:r>
     </w:p>
@@ -36402,88 +36259,88 @@
     </w:p>
     <w:p w14:paraId="63A522CF" w14:textId="77777777" w:rsidR="00941046" w:rsidRDefault="00941046" w:rsidP="00941046">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="513543C1" w14:textId="77777777" w:rsidR="005C0044" w:rsidRDefault="005C0044"/>
     <w:sectPr w:rsidR="005C0044" w:rsidSect="00E9699D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri,Bold">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005113DC"/>
     <w:rsid w:val="000059DD"/>
     <w:rsid w:val="00011B42"/>
     <w:rsid w:val="00061B9A"/>
     <w:rsid w:val="00066721"/>
     <w:rsid w:val="00074EF3"/>
     <w:rsid w:val="00074F27"/>
     <w:rsid w:val="00075A05"/>
     <w:rsid w:val="00082F97"/>
     <w:rsid w:val="00087DCC"/>
     <w:rsid w:val="00094BF0"/>
     <w:rsid w:val="00097194"/>
     <w:rsid w:val="00097AE5"/>
     <w:rsid w:val="000A1321"/>
     <w:rsid w:val="000A7E8A"/>
@@ -36536,102 +36393,106 @@
     <w:rsid w:val="002B1A27"/>
     <w:rsid w:val="002B400B"/>
     <w:rsid w:val="002B4A13"/>
     <w:rsid w:val="002C0BE5"/>
     <w:rsid w:val="002C1F5F"/>
     <w:rsid w:val="002C5342"/>
     <w:rsid w:val="002D1451"/>
     <w:rsid w:val="002D2236"/>
     <w:rsid w:val="002D2502"/>
     <w:rsid w:val="002E0782"/>
     <w:rsid w:val="002E7C09"/>
     <w:rsid w:val="00303871"/>
     <w:rsid w:val="0030502B"/>
     <w:rsid w:val="003161ED"/>
     <w:rsid w:val="003415F4"/>
     <w:rsid w:val="003468A9"/>
     <w:rsid w:val="003610B3"/>
     <w:rsid w:val="003669D0"/>
     <w:rsid w:val="00367840"/>
     <w:rsid w:val="003722A6"/>
     <w:rsid w:val="00381006"/>
     <w:rsid w:val="00384D24"/>
     <w:rsid w:val="00385E90"/>
     <w:rsid w:val="003903D5"/>
     <w:rsid w:val="00392D74"/>
+    <w:rsid w:val="00394D0C"/>
     <w:rsid w:val="003A3B82"/>
     <w:rsid w:val="003C6484"/>
     <w:rsid w:val="003D0B1B"/>
     <w:rsid w:val="003E332E"/>
     <w:rsid w:val="003E4707"/>
     <w:rsid w:val="003F1279"/>
     <w:rsid w:val="003F7A5A"/>
     <w:rsid w:val="00434602"/>
     <w:rsid w:val="004501DA"/>
     <w:rsid w:val="004629A9"/>
     <w:rsid w:val="00471C76"/>
     <w:rsid w:val="004752DD"/>
     <w:rsid w:val="00482059"/>
     <w:rsid w:val="00484037"/>
     <w:rsid w:val="00492F1B"/>
     <w:rsid w:val="00494962"/>
     <w:rsid w:val="004952CB"/>
     <w:rsid w:val="004A126C"/>
     <w:rsid w:val="004A2D75"/>
     <w:rsid w:val="004A6703"/>
     <w:rsid w:val="004A6DA6"/>
     <w:rsid w:val="004B08C4"/>
     <w:rsid w:val="004B1AA4"/>
     <w:rsid w:val="004B5848"/>
     <w:rsid w:val="004B61AA"/>
     <w:rsid w:val="004B656B"/>
     <w:rsid w:val="004C1937"/>
     <w:rsid w:val="004C2E7E"/>
     <w:rsid w:val="004C31A3"/>
     <w:rsid w:val="004C7EDB"/>
     <w:rsid w:val="004D1450"/>
     <w:rsid w:val="004D295C"/>
     <w:rsid w:val="004E16C7"/>
     <w:rsid w:val="004E4CFD"/>
     <w:rsid w:val="004E7A4B"/>
     <w:rsid w:val="004F0CD9"/>
     <w:rsid w:val="004F0DA7"/>
     <w:rsid w:val="005113DC"/>
     <w:rsid w:val="00511D62"/>
+    <w:rsid w:val="00513C20"/>
     <w:rsid w:val="00525FCB"/>
     <w:rsid w:val="00533DF1"/>
     <w:rsid w:val="00534188"/>
     <w:rsid w:val="005357B7"/>
+    <w:rsid w:val="0054240E"/>
     <w:rsid w:val="0054287B"/>
     <w:rsid w:val="00544EE7"/>
     <w:rsid w:val="005468F5"/>
     <w:rsid w:val="0055469B"/>
     <w:rsid w:val="00554931"/>
     <w:rsid w:val="00560C3D"/>
     <w:rsid w:val="00560FBD"/>
     <w:rsid w:val="00561D95"/>
     <w:rsid w:val="005626C5"/>
+    <w:rsid w:val="0056391E"/>
     <w:rsid w:val="0056431E"/>
     <w:rsid w:val="00565E43"/>
     <w:rsid w:val="00566954"/>
     <w:rsid w:val="005700DA"/>
     <w:rsid w:val="0057747A"/>
     <w:rsid w:val="00597EB5"/>
     <w:rsid w:val="005A437C"/>
     <w:rsid w:val="005C0044"/>
     <w:rsid w:val="005C6B64"/>
     <w:rsid w:val="005C79CC"/>
     <w:rsid w:val="005D04E1"/>
     <w:rsid w:val="005D7901"/>
     <w:rsid w:val="005F1474"/>
     <w:rsid w:val="00622A75"/>
     <w:rsid w:val="00623032"/>
     <w:rsid w:val="00625970"/>
     <w:rsid w:val="00630B59"/>
     <w:rsid w:val="006316F2"/>
     <w:rsid w:val="006464BD"/>
     <w:rsid w:val="006511CC"/>
     <w:rsid w:val="0065273F"/>
     <w:rsid w:val="006529CD"/>
     <w:rsid w:val="00655AA8"/>
     <w:rsid w:val="00667187"/>
     <w:rsid w:val="00671BCB"/>
@@ -36691,86 +36552,88 @@
     <w:rsid w:val="00851592"/>
     <w:rsid w:val="0086048D"/>
     <w:rsid w:val="0087249D"/>
     <w:rsid w:val="008726AB"/>
     <w:rsid w:val="008743BD"/>
     <w:rsid w:val="00877719"/>
     <w:rsid w:val="00881454"/>
     <w:rsid w:val="00883E2C"/>
     <w:rsid w:val="00885117"/>
     <w:rsid w:val="00890AF0"/>
     <w:rsid w:val="008932B0"/>
     <w:rsid w:val="00893481"/>
     <w:rsid w:val="008937A6"/>
     <w:rsid w:val="0089522C"/>
     <w:rsid w:val="008A137F"/>
     <w:rsid w:val="008B4DFB"/>
     <w:rsid w:val="008C3287"/>
     <w:rsid w:val="008C5B20"/>
     <w:rsid w:val="008D1A8B"/>
     <w:rsid w:val="008D32F1"/>
     <w:rsid w:val="008D357E"/>
     <w:rsid w:val="008D6362"/>
     <w:rsid w:val="008E1439"/>
     <w:rsid w:val="009014A3"/>
     <w:rsid w:val="00903FF1"/>
+    <w:rsid w:val="00912DA3"/>
     <w:rsid w:val="00915039"/>
     <w:rsid w:val="009174DE"/>
     <w:rsid w:val="009200DE"/>
     <w:rsid w:val="00941046"/>
     <w:rsid w:val="00942037"/>
     <w:rsid w:val="009458AA"/>
     <w:rsid w:val="00950C9F"/>
     <w:rsid w:val="009610E1"/>
     <w:rsid w:val="00961574"/>
     <w:rsid w:val="00961FC1"/>
     <w:rsid w:val="00966024"/>
     <w:rsid w:val="00971839"/>
     <w:rsid w:val="009728DC"/>
     <w:rsid w:val="00974D25"/>
     <w:rsid w:val="00976370"/>
     <w:rsid w:val="00977BF3"/>
     <w:rsid w:val="00986B08"/>
     <w:rsid w:val="00990CB7"/>
     <w:rsid w:val="00990D81"/>
     <w:rsid w:val="00992134"/>
     <w:rsid w:val="009959DA"/>
     <w:rsid w:val="009A5634"/>
     <w:rsid w:val="009D1315"/>
     <w:rsid w:val="009D15F5"/>
     <w:rsid w:val="009E56AB"/>
     <w:rsid w:val="009F1A0C"/>
     <w:rsid w:val="009F5974"/>
     <w:rsid w:val="009F6710"/>
     <w:rsid w:val="00A01589"/>
     <w:rsid w:val="00A12FE4"/>
     <w:rsid w:val="00A1513A"/>
     <w:rsid w:val="00A2276A"/>
     <w:rsid w:val="00A403E9"/>
     <w:rsid w:val="00A40767"/>
     <w:rsid w:val="00A409F9"/>
     <w:rsid w:val="00A4238A"/>
+    <w:rsid w:val="00A442E3"/>
     <w:rsid w:val="00A45140"/>
     <w:rsid w:val="00A47FAF"/>
     <w:rsid w:val="00A5288A"/>
     <w:rsid w:val="00A62F95"/>
     <w:rsid w:val="00A64BB1"/>
     <w:rsid w:val="00A67341"/>
     <w:rsid w:val="00A76718"/>
     <w:rsid w:val="00A775FD"/>
     <w:rsid w:val="00A849A9"/>
     <w:rsid w:val="00A86006"/>
     <w:rsid w:val="00A86086"/>
     <w:rsid w:val="00AA2028"/>
     <w:rsid w:val="00AA6E4F"/>
     <w:rsid w:val="00AB2FE6"/>
     <w:rsid w:val="00AB3770"/>
     <w:rsid w:val="00AB3F01"/>
     <w:rsid w:val="00AB7533"/>
     <w:rsid w:val="00AC215F"/>
     <w:rsid w:val="00AC2F7C"/>
     <w:rsid w:val="00AC392F"/>
     <w:rsid w:val="00AC6405"/>
     <w:rsid w:val="00AC6524"/>
     <w:rsid w:val="00AD2463"/>
     <w:rsid w:val="00AD3F0A"/>
     <w:rsid w:val="00AD7023"/>
@@ -36933,51 +36796,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3D85DE17"/>
   <w15:docId w15:val="{9D478FDB-0BE6-47E8-9E45-7E0801FE2419}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -37363,51 +37226,51 @@
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -37662,65 +37525,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>5204</Words>
-  <Characters>28623</Characters>
+  <Words>6847</Words>
+  <Characters>26979</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>238</Lines>
-  <Paragraphs>67</Paragraphs>
+  <Lines>691</Lines>
+  <Paragraphs>302</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33760</CharactersWithSpaces>
+  <CharactersWithSpaces>33524</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SOURICE rené monique</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>